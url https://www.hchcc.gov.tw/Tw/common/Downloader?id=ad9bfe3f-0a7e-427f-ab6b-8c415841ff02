--- v0 (2025-11-05)
+++ v1 (2026-01-08)
@@ -553,52 +553,50 @@
       </w:r>
       <w:r w:rsidRPr="00D0028D">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>使用貴局</w:t>
       </w:r>
       <w:r w:rsidR="007B3795" w:rsidRPr="00D0028D">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009467E8">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00D0028D">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>辦理活動</w:t>
       </w:r>
       <w:r w:rsidR="00D371A8" w:rsidRPr="00D0028D">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B3795" w:rsidRPr="00D0028D" w:rsidRDefault="007B3795">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -1050,248 +1048,298 @@
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D0028D" w:rsidRPr="00FE00A6">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidR="00D0028D" w:rsidRPr="00FE00A6">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007332E0" w:rsidRDefault="00FE00A6" w:rsidP="009B10D8">
+    <w:p w:rsidR="007332E0" w:rsidRPr="005B1BD5" w:rsidRDefault="00FE00A6" w:rsidP="009B10D8">
       <w:pPr>
         <w:spacing w:line="600" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00D0028D" w:rsidRPr="00FE00A6">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>□帳戶退款：</w:t>
       </w:r>
       <w:r w:rsidR="00D0028D" w:rsidRPr="00FE00A6">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>戶名</w:t>
       </w:r>
       <w:r w:rsidR="00D0028D" w:rsidRPr="00FE00A6">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="005B1BD5">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="005B1BD5">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B1BD5">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0028D" w:rsidRPr="00FE00A6">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007332E0" w:rsidRPr="007332E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>銀行</w:t>
       </w:r>
       <w:r w:rsidR="007332E0" w:rsidRPr="007332E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="005B1BD5">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r w:rsidR="007332E0" w:rsidRPr="007332E0">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">           </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001B55F7">
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="001B55F7" w:rsidRPr="005B1BD5">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:u w:val="single"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        </w:rPr>
+        <w:t>分行</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D0028D" w:rsidRPr="00FE00A6" w:rsidRDefault="007332E0" w:rsidP="009B10D8">
       <w:pPr>
         <w:spacing w:line="600" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007332E0">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00D0028D" w:rsidRPr="00FE00A6">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">帳號 </w:t>
+        <w:t>帳號</w:t>
       </w:r>
       <w:r w:rsidR="00D0028D" w:rsidRPr="00FE00A6">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">               </w:t>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="005B1BD5">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0028D" w:rsidRPr="00FE00A6">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00D0028D" w:rsidRPr="00FE00A6">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00D0028D" w:rsidRPr="007332E0">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00953839" w:rsidRPr="00FE00A6" w:rsidRDefault="00D0028D" w:rsidP="006C6B27">
       <w:pPr>
         <w:spacing w:line="120" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE00A6">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　</w:t>
       </w:r>
       <w:r w:rsidR="00FE00A6">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE00A6">
+      <w:r w:rsidR="006B5739">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(1.請附存簿影本 2.若非臺灣銀行帳戶，將以扣除匯款手續費30元後之金額匯款)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE00A6">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>請附存簿影本)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D360E1" w:rsidRDefault="00F029D0" w:rsidP="009B10D8">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="double" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="600" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D0028D">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r w:rsidR="00D360E1" w:rsidRPr="00D0028D">
         <w:rPr>
@@ -1398,67 +1446,79 @@
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r w:rsidRPr="00D0028D">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C6B27" w:rsidRDefault="006C6B27" w:rsidP="006C6B27">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="double" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B3795" w:rsidRPr="00D0028D" w:rsidRDefault="00836329" w:rsidP="000B2BA5">
+    <w:p w:rsidR="007B3795" w:rsidRDefault="00836329" w:rsidP="000B2BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D0028D">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>（以下由本局承辦人員填寫）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B1BD5" w:rsidRPr="00D0028D" w:rsidRDefault="005B1BD5" w:rsidP="000B2BA5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D0028D">
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00527075" w:rsidRPr="00D0028D" w:rsidRDefault="00527075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D0028D">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>擬請准予退還</w:t>
       </w:r>
       <w:r w:rsidR="007B3795" w:rsidRPr="00D0028D">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                             </w:t>
@@ -1678,58 +1738,58 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D0028D">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>中　華　民　國　　　年　　　月　　　日</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D360E1" w:rsidRPr="00D0028D" w:rsidSect="0033416D">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="284" w:right="720" w:bottom="284" w:left="720" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="349"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006C4F71" w:rsidRDefault="006C4F71" w:rsidP="00E62DFC">
+    <w:p w:rsidR="00A353EA" w:rsidRDefault="00A353EA" w:rsidP="00E62DFC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006C4F71" w:rsidRDefault="006C4F71" w:rsidP="00E62DFC">
+    <w:p w:rsidR="00A353EA" w:rsidRDefault="00A353EA" w:rsidP="00E62DFC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
@@ -1737,73 +1797,73 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006C4F71" w:rsidRDefault="006C4F71" w:rsidP="00E62DFC">
+    <w:p w:rsidR="00A353EA" w:rsidRDefault="00A353EA" w:rsidP="00E62DFC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006C4F71" w:rsidRDefault="006C4F71" w:rsidP="00E62DFC">
+    <w:p w:rsidR="00A353EA" w:rsidRDefault="00A353EA" w:rsidP="00E62DFC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="140"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="349"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
@@ -1811,80 +1871,84 @@
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D3C55"/>
     <w:rsid w:val="00022F5A"/>
     <w:rsid w:val="000B2BA5"/>
     <w:rsid w:val="000C3924"/>
     <w:rsid w:val="000C5DB2"/>
     <w:rsid w:val="001B55F7"/>
+    <w:rsid w:val="00263097"/>
     <w:rsid w:val="002852D6"/>
     <w:rsid w:val="002B1433"/>
     <w:rsid w:val="002D30F1"/>
     <w:rsid w:val="00311B29"/>
     <w:rsid w:val="0033416D"/>
     <w:rsid w:val="003829A9"/>
     <w:rsid w:val="003D3C55"/>
     <w:rsid w:val="004723E3"/>
     <w:rsid w:val="004C0E4C"/>
     <w:rsid w:val="004F747D"/>
     <w:rsid w:val="00527075"/>
     <w:rsid w:val="0055015D"/>
     <w:rsid w:val="00585018"/>
+    <w:rsid w:val="005B1BD5"/>
     <w:rsid w:val="006011A9"/>
+    <w:rsid w:val="006B5739"/>
     <w:rsid w:val="006C4F71"/>
     <w:rsid w:val="006C6B27"/>
     <w:rsid w:val="006C704F"/>
     <w:rsid w:val="007146B4"/>
     <w:rsid w:val="007332E0"/>
     <w:rsid w:val="00751F77"/>
     <w:rsid w:val="007B3795"/>
     <w:rsid w:val="007D4D65"/>
     <w:rsid w:val="00807DD3"/>
     <w:rsid w:val="00834F07"/>
     <w:rsid w:val="00836329"/>
     <w:rsid w:val="00852D72"/>
     <w:rsid w:val="009467E8"/>
     <w:rsid w:val="00953839"/>
     <w:rsid w:val="00971B09"/>
     <w:rsid w:val="009B10D8"/>
+    <w:rsid w:val="00A353EA"/>
     <w:rsid w:val="00B40E0F"/>
     <w:rsid w:val="00BA6164"/>
     <w:rsid w:val="00BA756A"/>
     <w:rsid w:val="00C43593"/>
     <w:rsid w:val="00C5065D"/>
     <w:rsid w:val="00D0028D"/>
     <w:rsid w:val="00D3387C"/>
     <w:rsid w:val="00D360E1"/>
     <w:rsid w:val="00D371A8"/>
     <w:rsid w:val="00D50334"/>
     <w:rsid w:val="00E62DFC"/>
     <w:rsid w:val="00F029D0"/>
     <w:rsid w:val="00F66D45"/>
     <w:rsid w:val="00F75B33"/>
     <w:rsid w:val="00FE00A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2687,54 +2751,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>103</Words>
-  <Characters>589</Characters>
+  <Words>99</Words>
+  <Characters>567</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SYNNEX</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>691</CharactersWithSpaces>
+  <CharactersWithSpaces>665</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>退 還 履 約 保 證 金 申 請 書</dc:title>
   <dc:creator>jumo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>